--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LXIX сесія VIII скликання</t>
   </si>
   <si>
     <t>Мостиська міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Пельц Мирослава Степанівна</t>
   </si>
   <si>
     <t>Галик Володимир Володимирович</t>
   </si>
   <si>
     <t>Гіс Олег Олегович</t>
   </si>
   <si>
@@ -188,75 +188,84 @@
   <si>
     <t>13.11.25  10:26:23</t>
   </si>
   <si>
     <t>4271Про надання згоди на прийняття до комунальної власності пожертви</t>
   </si>
   <si>
     <t>13.11.25  10:27:31</t>
   </si>
   <si>
     <t>13.11.25  10:28:48</t>
   </si>
   <si>
     <t>13.11.25  10:32:37</t>
   </si>
   <si>
     <t>13.11.25  10:36:00</t>
   </si>
   <si>
     <t>13.11.25  10:37:18</t>
   </si>
   <si>
     <t>13.11.25  10:38:12</t>
   </si>
   <si>
-    <t>За: 10</t>
+    <t>13.11.25  10:42:09</t>
+  </si>
+  <si>
+    <t>За: 34</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
-    <t>За: 13</t>
+    <t>За: 37</t>
+  </si>
+  <si>
+    <t>За: 38</t>
+  </si>
+  <si>
+    <t>За: 39</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Відсут.: 5</t>
   </si>
   <si>
-    <t>Відсут.: 15</t>
+    <t>Відсут.: 39</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -284,51 +293,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AI21"/>
+  <dimension ref="A1:AI45"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
@@ -2056,502 +2065,3118 @@
         <v>40</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17"/>
-[...7 lines deleted...]
-      <c r="I17" t="s">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
         <v>59</v>
       </c>
-      <c r="J17" t="s">
-[...75 lines deleted...]
-        <v>45</v>
+      <c r="C17" t="inlineStr" s="4">
+        <is>
+          <t>4280Про продаж права оренди земельної ділянки на конкурентних засадах (на земельних торгах у формі електронного аукціону) площею 11,6642 га (кадастровий номер 4622410100:16:000:0011) для ведення фермерського</t>
+        </is>
+      </c>
+      <c r="D17" t="s">
+        <v>34</v>
+      </c>
+      <c r="E17" t="s">
+        <v>35</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17" t="s">
+        <v>38</v>
+      </c>
+      <c r="I17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI17" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18"/>
-[...86 lines deleted...]
-        <v>37</v>
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18" t="s">
+        <v>59</v>
+      </c>
+      <c r="C18" t="inlineStr" s="4">
+        <is>
+          <t>4281Про виготовлення технічної документації із землеустрою щодо поділу земельної ділянки комунальної власності площею 6,5518 га (кадастровий номер 4622485900:03:000:0150) на території Мостиської міської</t>
+        </is>
+      </c>
+      <c r="D18" t="s">
+        <v>34</v>
+      </c>
+      <c r="E18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>37</v>
+      </c>
+      <c r="H18" t="s">
+        <v>38</v>
+      </c>
+      <c r="I18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH18" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI18" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19"/>
-[...86 lines deleted...]
-        <v>62</v>
+      <c r="A19">
+        <v>18</v>
+      </c>
+      <c r="B19" t="s">
+        <v>59</v>
+      </c>
+      <c r="C19" t="inlineStr" s="4">
+        <is>
+          <t>4282Про виготовлення технічної документації із землеустрою щодо поділу земельної ділянки комунальної власності площею 8,4210 га (кадастровий номер 4622485900:07:000:0278) на території Мостиської міської</t>
+        </is>
+      </c>
+      <c r="D19" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" t="s">
+        <v>35</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>37</v>
+      </c>
+      <c r="H19" t="s">
+        <v>38</v>
+      </c>
+      <c r="I19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG19" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH19" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI19" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20"/>
-[...86 lines deleted...]
-        <v>65</v>
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" t="inlineStr" s="4">
+        <is>
+          <t>4283Про виготовлення технічної документації із землеустрою щодо поділу земельної ділянки комунальної власності площею 2,6449 га (кадастровий номер 4622485900:08:000:0355) на території Мостиської міської</t>
+        </is>
+      </c>
+      <c r="D20" t="s">
+        <v>34</v>
+      </c>
+      <c r="E20" t="s">
+        <v>35</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>37</v>
+      </c>
+      <c r="H20" t="s">
+        <v>38</v>
+      </c>
+      <c r="I20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH20" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI20" t="s" s="5">
+        <v>39</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21"/>
-[...7 lines deleted...]
-      <c r="I21" t="s">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" t="inlineStr" s="4">
+        <is>
+          <t>4284Про виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) зі зміною конфігурації земельної ділянки комунальної</t>
+        </is>
+      </c>
+      <c r="D21" t="s">
+        <v>34</v>
+      </c>
+      <c r="E21" t="s">
+        <v>35</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>37</v>
+      </c>
+      <c r="H21" t="s">
+        <v>38</v>
+      </c>
+      <c r="I21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG21" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH21" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI21" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22" t="s">
+        <v>59</v>
+      </c>
+      <c r="C22" t="inlineStr" s="4">
+        <is>
+          <t>4285Про проведення інвентаризації земель під вулично-дорожньою мережею на території Мостиської міської ради.</t>
+        </is>
+      </c>
+      <c r="D22" t="s">
+        <v>34</v>
+      </c>
+      <c r="E22" t="s">
+        <v>35</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H22" t="s">
+        <v>38</v>
+      </c>
+      <c r="I22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG22" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH22" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI22" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>59</v>
+      </c>
+      <c r="C23" t="inlineStr" s="4">
+        <is>
+          <t>4286Про затвердження проекту землеустрою щодо відведення земельної ділянки по зміні цільового призначення земельної ділянки переданої для індивідуального садівництва під будівництво і</t>
+        </is>
+      </c>
+      <c r="D23" t="s">
+        <v>34</v>
+      </c>
+      <c r="E23" t="s">
+        <v>35</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>37</v>
+      </c>
+      <c r="H23" t="s">
+        <v>38</v>
+      </c>
+      <c r="I23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI23" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24">
+        <v>23</v>
+      </c>
+      <c r="B24" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" t="inlineStr" s="4">
+        <is>
+          <t>4287Про затвердження акту встановлення та узгодження меж земельної ділянки гр. Чухрай Галини Григорівни від 14.10.2025 року.</t>
+        </is>
+      </c>
+      <c r="D24" t="s">
+        <v>34</v>
+      </c>
+      <c r="E24" t="s">
+        <v>35</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>37</v>
+      </c>
+      <c r="H24" t="s">
+        <v>38</v>
+      </c>
+      <c r="I24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH24" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI24" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25">
+        <v>24</v>
+      </c>
+      <c r="B25" t="s">
+        <v>59</v>
+      </c>
+      <c r="C25" t="inlineStr" s="4">
+        <is>
+          <t>4288Про затвердження акту встановлення та узгодження меж земельної ділянки гр. Карпи Надії Євгенівни від 06.11.2025 року.</t>
+        </is>
+      </c>
+      <c r="D25" t="s">
+        <v>34</v>
+      </c>
+      <c r="E25" t="s">
+        <v>35</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>37</v>
+      </c>
+      <c r="H25" t="s">
+        <v>38</v>
+      </c>
+      <c r="I25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI25" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26" t="s">
+        <v>59</v>
+      </c>
+      <c r="C26" t="inlineStr" s="4">
+        <is>
+          <t>4289Про затвердження акту встановлення та узгодження меж земельної ділянки гр. Яворської Любові Григорівни від 06.11.2025 року.</t>
+        </is>
+      </c>
+      <c r="D26" t="s">
+        <v>34</v>
+      </c>
+      <c r="E26" t="s">
+        <v>35</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>37</v>
+      </c>
+      <c r="H26" t="s">
+        <v>38</v>
+      </c>
+      <c r="I26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG26" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH26" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI26" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27">
+        <v>26</v>
+      </c>
+      <c r="B27" t="s">
+        <v>59</v>
+      </c>
+      <c r="C27" t="inlineStr" s="4">
+        <is>
+          <t>4290Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення товарного</t>
+        </is>
+      </c>
+      <c r="D27" t="s">
+        <v>34</v>
+      </c>
+      <c r="E27" t="s">
+        <v>35</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>37</v>
+      </c>
+      <c r="H27" t="s">
+        <v>38</v>
+      </c>
+      <c r="I27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG27" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH27" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI27" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28">
+        <v>27</v>
+      </c>
+      <c r="B28" t="s">
+        <v>59</v>
+      </c>
+      <c r="C28" t="inlineStr" s="4">
+        <is>
+          <t>4291Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення товарного</t>
+        </is>
+      </c>
+      <c r="D28" t="s">
+        <v>34</v>
+      </c>
+      <c r="E28" t="s">
+        <v>35</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>37</v>
+      </c>
+      <c r="H28" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG28" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI28" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29">
+        <v>28</v>
+      </c>
+      <c r="B29" t="s">
+        <v>59</v>
+      </c>
+      <c r="C29" t="inlineStr" s="4">
+        <is>
+          <t>4292Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) для ведення товарного</t>
+        </is>
+      </c>
+      <c r="D29" t="s">
+        <v>34</v>
+      </c>
+      <c r="E29" t="s">
+        <v>35</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>37</v>
+      </c>
+      <c r="H29" t="s">
+        <v>38</v>
+      </c>
+      <c r="I29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG29" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH29" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI29" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30">
+        <v>29</v>
+      </c>
+      <c r="B30" t="s">
+        <v>59</v>
+      </c>
+      <c r="C30" t="inlineStr" s="4">
+        <is>
+          <t>4293Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,24 га (кадастровий номер 4622484000:15:003:0046) для</t>
+        </is>
+      </c>
+      <c r="D30" t="s">
+        <v>34</v>
+      </c>
+      <c r="E30" t="s">
+        <v>35</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H30" t="s">
+        <v>38</v>
+      </c>
+      <c r="I30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG30" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH30" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI30" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31" t="s">
+        <v>59</v>
+      </c>
+      <c r="C31" t="inlineStr" s="4">
+        <is>
+          <t>4294Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,25 га (кадастровий номер 4622480800:06:006:0045) для</t>
+        </is>
+      </c>
+      <c r="D31" t="s">
+        <v>34</v>
+      </c>
+      <c r="E31" t="s">
+        <v>35</v>
+      </c>
+      <c r="F31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G31" t="s">
+        <v>37</v>
+      </c>
+      <c r="H31" t="s">
+        <v>38</v>
+      </c>
+      <c r="I31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG31" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH31" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI31" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32" t="s">
+        <v>59</v>
+      </c>
+      <c r="C32" t="inlineStr" s="4">
+        <is>
+          <t>4295Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,25 га (кадастровий номер 4622484000:15:003:0045) для</t>
+        </is>
+      </c>
+      <c r="D32" t="s">
+        <v>34</v>
+      </c>
+      <c r="E32" t="s">
+        <v>35</v>
+      </c>
+      <c r="F32" t="s">
+        <v>43</v>
+      </c>
+      <c r="G32" t="s">
+        <v>37</v>
+      </c>
+      <c r="H32" t="s">
+        <v>38</v>
+      </c>
+      <c r="I32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG32" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH32" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI32" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33" t="s">
+        <v>59</v>
+      </c>
+      <c r="C33" t="inlineStr" s="4">
+        <is>
+          <t>4296Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,0814 га (кадастровий номер 4622410100:03:002:0580) для</t>
+        </is>
+      </c>
+      <c r="D33" t="s">
+        <v>34</v>
+      </c>
+      <c r="E33" t="s">
+        <v>35</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>37</v>
+      </c>
+      <c r="H33" t="s">
+        <v>38</v>
+      </c>
+      <c r="I33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG33" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH33" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI33" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34">
+        <v>33</v>
+      </c>
+      <c r="B34" t="s">
+        <v>59</v>
+      </c>
+      <c r="C34" t="inlineStr" s="4">
+        <is>
+          <t>4297Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,0514 га (кадастровий номер 4622410100:03:002:0579) для</t>
+        </is>
+      </c>
+      <c r="D34" t="s">
+        <v>34</v>
+      </c>
+      <c r="E34" t="s">
+        <v>35</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" t="s">
+        <v>37</v>
+      </c>
+      <c r="H34" t="s">
+        <v>38</v>
+      </c>
+      <c r="I34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG34" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH34" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI34" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35">
+        <v>34</v>
+      </c>
+      <c r="B35" t="s">
+        <v>59</v>
+      </c>
+      <c r="C35" t="inlineStr" s="4">
+        <is>
+          <t>4298Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,25 га (кадастровий номер 4622480800:06:004:0034) для</t>
+        </is>
+      </c>
+      <c r="D35" t="s">
+        <v>34</v>
+      </c>
+      <c r="E35" t="s">
+        <v>35</v>
+      </c>
+      <c r="F35" t="s">
+        <v>43</v>
+      </c>
+      <c r="G35" t="s">
+        <v>37</v>
+      </c>
+      <c r="H35" t="s">
+        <v>38</v>
+      </c>
+      <c r="I35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG35" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH35" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI35" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36">
+        <v>35</v>
+      </c>
+      <c r="B36" t="s">
+        <v>59</v>
+      </c>
+      <c r="C36" t="inlineStr" s="4">
+        <is>
+          <t>4299Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,25 га (кадастровий номер 4622483900:05:008:0048) для</t>
+        </is>
+      </c>
+      <c r="D36" t="s">
+        <v>34</v>
+      </c>
+      <c r="E36" t="s">
+        <v>35</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" t="s">
+        <v>37</v>
+      </c>
+      <c r="H36" t="s">
+        <v>38</v>
+      </c>
+      <c r="I36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG36" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH36" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI36" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37" t="s">
+        <v>59</v>
+      </c>
+      <c r="C37" t="inlineStr" s="4">
+        <is>
+          <t>4300Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,10 га (кадастровий номер 4622410100:01:001:0108) для</t>
+        </is>
+      </c>
+      <c r="D37" t="s">
+        <v>34</v>
+      </c>
+      <c r="E37" t="s">
+        <v>35</v>
+      </c>
+      <c r="F37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" t="s">
+        <v>37</v>
+      </c>
+      <c r="H37" t="s">
+        <v>38</v>
+      </c>
+      <c r="I37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH37" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI37" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" t="s">
+        <v>59</v>
+      </c>
+      <c r="C38" t="inlineStr" s="4">
+        <is>
+          <t>4301Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,2017 га (кадастровий номер 4622480200:01:015:0026) для</t>
+        </is>
+      </c>
+      <c r="D38" t="s">
+        <v>34</v>
+      </c>
+      <c r="E38" t="s">
+        <v>35</v>
+      </c>
+      <c r="F38" t="s">
+        <v>43</v>
+      </c>
+      <c r="G38" t="s">
+        <v>37</v>
+      </c>
+      <c r="H38" t="s">
+        <v>38</v>
+      </c>
+      <c r="I38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG38" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH38" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI38" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39" t="s">
+        <v>59</v>
+      </c>
+      <c r="C39" t="inlineStr" s="4">
+        <is>
+          <t>4302Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,25 га (кадастровий номер 4622485900:01:002:0065) для</t>
+        </is>
+      </c>
+      <c r="D39" t="s">
+        <v>34</v>
+      </c>
+      <c r="E39" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" t="s">
+        <v>37</v>
+      </c>
+      <c r="H39" t="s">
+        <v>38</v>
+      </c>
+      <c r="I39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG39" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI39" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40" t="s">
+        <v>59</v>
+      </c>
+      <c r="C40" t="inlineStr" s="4">
+        <is>
+          <t>4303Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,6573 га (кадастровий номер 4622486600:11:000:0095) для</t>
+        </is>
+      </c>
+      <c r="D40" t="s">
+        <v>34</v>
+      </c>
+      <c r="E40" t="s">
+        <v>35</v>
+      </c>
+      <c r="F40" t="s">
+        <v>43</v>
+      </c>
+      <c r="G40" t="s">
+        <v>37</v>
+      </c>
+      <c r="H40" t="s">
+        <v>38</v>
+      </c>
+      <c r="I40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="J40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="K40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="L40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="M40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Q40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="R40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="S40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="T40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="V40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="W40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Z40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AA40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AC40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AD40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AE40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG40" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH40" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI40" t="s" s="5">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41"/>
+      <c r="B41"/>
+      <c r="C41"/>
+      <c r="D41"/>
+      <c r="E41"/>
+      <c r="F41"/>
+      <c r="G41"/>
+      <c r="H41"/>
+      <c r="I41" t="s">
+        <v>60</v>
+      </c>
+      <c r="J41" t="s">
+        <v>61</v>
+      </c>
+      <c r="K41" t="s">
+        <v>61</v>
+      </c>
+      <c r="L41" t="s">
+        <v>61</v>
+      </c>
+      <c r="M41" t="s">
+        <v>62</v>
+      </c>
+      <c r="N41" t="s">
+        <v>63</v>
+      </c>
+      <c r="O41" t="s">
+        <v>64</v>
+      </c>
+      <c r="P41" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>64</v>
+      </c>
+      <c r="R41" t="s">
+        <v>61</v>
+      </c>
+      <c r="S41" t="s">
+        <v>64</v>
+      </c>
+      <c r="T41" t="s">
+        <v>64</v>
+      </c>
+      <c r="U41" t="s">
+        <v>61</v>
+      </c>
+      <c r="V41" t="s">
+        <v>61</v>
+      </c>
+      <c r="W41" t="s">
+        <v>63</v>
+      </c>
+      <c r="X41" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z41" t="s">
+        <v>61</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>61</v>
+      </c>
+      <c r="AC41" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD41" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE41" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF41" t="s">
+        <v>61</v>
+      </c>
+      <c r="AG41" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH41" t="s">
+        <v>61</v>
+      </c>
+      <c r="AI41" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42"/>
+      <c r="B42"/>
+      <c r="C42"/>
+      <c r="D42"/>
+      <c r="E42"/>
+      <c r="F42"/>
+      <c r="G42"/>
+      <c r="H42"/>
+      <c r="I42" t="s">
+        <v>37</v>
+      </c>
+      <c r="J42" t="s">
+        <v>37</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42" t="s">
+        <v>37</v>
+      </c>
+      <c r="M42" t="s">
+        <v>37</v>
+      </c>
+      <c r="N42" t="s">
+        <v>37</v>
+      </c>
+      <c r="O42" t="s">
+        <v>37</v>
+      </c>
+      <c r="P42" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>37</v>
+      </c>
+      <c r="R42" t="s">
+        <v>37</v>
+      </c>
+      <c r="S42" t="s">
+        <v>37</v>
+      </c>
+      <c r="T42" t="s">
+        <v>37</v>
+      </c>
+      <c r="U42" t="s">
+        <v>37</v>
+      </c>
+      <c r="V42" t="s">
+        <v>37</v>
+      </c>
+      <c r="W42" t="s">
+        <v>37</v>
+      </c>
+      <c r="X42" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AI42" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43"/>
+      <c r="B43"/>
+      <c r="C43"/>
+      <c r="D43"/>
+      <c r="E43"/>
+      <c r="F43"/>
+      <c r="G43"/>
+      <c r="H43"/>
+      <c r="I43" t="s">
+        <v>65</v>
+      </c>
+      <c r="J43" t="s">
+        <v>65</v>
+      </c>
+      <c r="K43" t="s">
+        <v>65</v>
+      </c>
+      <c r="L43" t="s">
+        <v>65</v>
+      </c>
+      <c r="M43" t="s">
+        <v>65</v>
+      </c>
+      <c r="N43" t="s">
+        <v>65</v>
+      </c>
+      <c r="O43" t="s">
+        <v>65</v>
+      </c>
+      <c r="P43" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>65</v>
+      </c>
+      <c r="R43" t="s">
+        <v>65</v>
+      </c>
+      <c r="S43" t="s">
+        <v>65</v>
+      </c>
+      <c r="T43" t="s">
+        <v>65</v>
+      </c>
+      <c r="U43" t="s">
+        <v>65</v>
+      </c>
+      <c r="V43" t="s">
+        <v>65</v>
+      </c>
+      <c r="W43" t="s">
+        <v>65</v>
+      </c>
+      <c r="X43" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AD43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AE43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI43" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44"/>
+      <c r="B44"/>
+      <c r="C44"/>
+      <c r="D44"/>
+      <c r="E44"/>
+      <c r="F44"/>
+      <c r="G44"/>
+      <c r="H44"/>
+      <c r="I44" t="s">
         <v>66</v>
       </c>
-      <c r="J21" t="s">
+      <c r="J44" t="s">
+        <v>66</v>
+      </c>
+      <c r="K44" t="s">
+        <v>66</v>
+      </c>
+      <c r="L44" t="s">
+        <v>66</v>
+      </c>
+      <c r="M44" t="s">
         <v>67</v>
       </c>
-      <c r="K21" t="s">
-[...5 lines deleted...]
-      <c r="M21" t="s">
+      <c r="N44" t="s">
         <v>68</v>
       </c>
-      <c r="N21" t="s">
+      <c r="O44" t="s">
+        <v>66</v>
+      </c>
+      <c r="P44" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>66</v>
+      </c>
+      <c r="R44" t="s">
+        <v>66</v>
+      </c>
+      <c r="S44" t="s">
+        <v>66</v>
+      </c>
+      <c r="T44" t="s">
+        <v>66</v>
+      </c>
+      <c r="U44" t="s">
+        <v>66</v>
+      </c>
+      <c r="V44" t="s">
+        <v>66</v>
+      </c>
+      <c r="W44" t="s">
         <v>68</v>
       </c>
-      <c r="O21" t="s">
+      <c r="X44" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>66</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD44" t="s">
         <v>68</v>
       </c>
-      <c r="P21" t="s">
-[...2 lines deleted...]
-      <c r="Q21" t="s">
+      <c r="AE44" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF44" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG44" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH44" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI44" t="s">
         <v>68</v>
       </c>
-      <c r="R21" t="s">
-[...51 lines deleted...]
-        <v>68</v>
+    </row>
+    <row r="45">
+      <c r="A45"/>
+      <c r="B45"/>
+      <c r="C45"/>
+      <c r="D45"/>
+      <c r="E45"/>
+      <c r="F45"/>
+      <c r="G45"/>
+      <c r="H45"/>
+      <c r="I45" t="s">
+        <v>69</v>
+      </c>
+      <c r="J45" t="s">
+        <v>70</v>
+      </c>
+      <c r="K45" t="s">
+        <v>70</v>
+      </c>
+      <c r="L45" t="s">
+        <v>70</v>
+      </c>
+      <c r="M45" t="s">
+        <v>71</v>
+      </c>
+      <c r="N45" t="s">
+        <v>71</v>
+      </c>
+      <c r="O45" t="s">
+        <v>71</v>
+      </c>
+      <c r="P45" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>71</v>
+      </c>
+      <c r="R45" t="s">
+        <v>70</v>
+      </c>
+      <c r="S45" t="s">
+        <v>71</v>
+      </c>
+      <c r="T45" t="s">
+        <v>71</v>
+      </c>
+      <c r="U45" t="s">
+        <v>70</v>
+      </c>
+      <c r="V45" t="s">
+        <v>70</v>
+      </c>
+      <c r="W45" t="s">
+        <v>71</v>
+      </c>
+      <c r="X45" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z45" t="s">
+        <v>70</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>71</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC45" t="s">
+        <v>71</v>
+      </c>
+      <c r="AD45" t="s">
+        <v>71</v>
+      </c>
+      <c r="AE45" t="s">
+        <v>71</v>
+      </c>
+      <c r="AF45" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG45" t="s">
+        <v>71</v>
+      </c>
+      <c r="AH45" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI45" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>